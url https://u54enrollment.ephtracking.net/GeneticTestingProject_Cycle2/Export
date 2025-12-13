--- v0 (2025-10-19)
+++ v1 (2025-12-13)
@@ -8,161 +8,253 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="35" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>WeekStarting</t>
   </si>
   <si>
     <t>TUFCCC Participants Scheduled</t>
   </si>
   <si>
     <t>TUFCCC Participants Enrolled</t>
   </si>
   <si>
     <t>Columbia Participants Scheduled</t>
   </si>
   <si>
     <t>Columbia Participants Enrolled</t>
   </si>
   <si>
     <t>Cooper Participants Scheduled</t>
   </si>
   <si>
     <t>Cooper Participants Enrolled</t>
   </si>
   <si>
     <t>Next Week Goal</t>
   </si>
   <si>
     <t>Challenges Solution Notes</t>
   </si>
   <si>
-    <t>05/26/2025</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">Notes: Columbia and Cooper sites haven't been opened for patients enrollment yet. Pending IRB approval.
+    <t>05/26/2025-6/01/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1 consented (1 FCCC) 
+** Notes: Columbia and Cooper sites haven't been opened for patients enrollment yet. Pending IRB approval.
 Challenges: FCCC research coordinator does not speak Spanish to consent Spanish speaking patients. 
 Solutions: 
 1) A meeting was requested with Veronica Ferreira, a director of Linguistic &amp; Cultural Services to learn about interpretation services options for research purpose. 
 2) Dr. Sarah Bass has identified a Spanish speaking student who has work experience in health systems. She will help with identifying patients, calling, consenting and recruiting at TU and FCCC. </t>
   </si>
   <si>
-    <t>06/02/2025</t>
-[...5 lines deleted...]
-    <t xml:space="preserve">Note: Spanish speaking personnel at Fox Chase. 
+    <t>06/02/2025-6/8/2025</t>
+  </si>
+  <si>
+    <t>13 consented (4 FCCC, 9 TU)</t>
+  </si>
+  <si>
+    <t>06/09/2025-6/15/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">4 consented (1 FCCC, 3 TU)
+*** Note: Spanish speaking personnel at Fox Chase. 
 Solution: Dr. Hall and Yana met with Brenton Halsey, a 2nd year fellow in medical oncology who expressed interest to help us with Spanish speaking patients.  Brenton was added to the IRB protocol and the REDCAP project on 6/13.    
 </t>
   </si>
   <si>
-    <t>06/16/2025</t>
-[...56 lines deleted...]
-    <t>10/13/2025</t>
+    <t>06/16/2025-6/22/2025</t>
+  </si>
+  <si>
+    <t>8 consented (1 FCCC, 7 TU)</t>
+  </si>
+  <si>
+    <t>06/23/2025-6/29/2025</t>
+  </si>
+  <si>
+    <t>6 consented (4 FCCC, 2 TU)</t>
+  </si>
+  <si>
+    <t>06/30/2025-7/6/2025</t>
+  </si>
+  <si>
+    <t>07/07/2025-7/13/2025</t>
+  </si>
+  <si>
+    <t>3 consented (1 FCCC, 2 TU)</t>
+  </si>
+  <si>
+    <t>7/14/2025-7/20/2025</t>
+  </si>
+  <si>
+    <t>3 consented ( 3 FCCC)</t>
+  </si>
+  <si>
+    <t>7/21/2025-7/27/2025</t>
+  </si>
+  <si>
+    <t>2 consented (2 FCCC)</t>
+  </si>
+  <si>
+    <t>07/28/2025-8/3/2025</t>
+  </si>
+  <si>
+    <t>10 consented (2 FCCC, 8 TU)</t>
+  </si>
+  <si>
+    <t>8/4/2025-8/10/2025</t>
+  </si>
+  <si>
+    <t>3 consented (3 FCCC)</t>
+  </si>
+  <si>
+    <t>8/11/225-8/17/2025</t>
+  </si>
+  <si>
+    <t>1 consented (1 FCCC)</t>
+  </si>
+  <si>
+    <t>08/18/2025-8/24/2025</t>
+  </si>
+  <si>
+    <t>4 consented (2 FCCC, 2 TU)</t>
+  </si>
+  <si>
+    <t>08/25/2025-8/31/2025</t>
+  </si>
+  <si>
+    <t>3 consented (2 FCCC, 1 TU)</t>
+  </si>
+  <si>
+    <t>09/01/2025-9/7/2025</t>
+  </si>
+  <si>
+    <t>09/08/2025-9/14/2025</t>
+  </si>
+  <si>
+    <t>7 consented (2 FCCC, 5 TU)</t>
+  </si>
+  <si>
+    <t>9/15/2025-9/21/2025</t>
+  </si>
+  <si>
+    <t>4 consented (1 FCCC, 3 TU)</t>
+  </si>
+  <si>
+    <t>09/22/2025-9/28/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 consented (1 FCCC, 1 TU)
+** Note: 2 Spanish-speaking students have started helping a Fox Chase research coordinator with Spanish- speaking patients. </t>
+  </si>
+  <si>
+    <t>09/29/2025-10/5/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9 consented (4 FCCC, 1 TU, 4 Columbia). ** Note: 
+Columbia has started enrolling participants  </t>
+  </si>
+  <si>
+    <t>10/6/2025-10/12/2025</t>
+  </si>
+  <si>
+    <t>6 consented (3 FCCC 1 TU, 2 Columbia)</t>
+  </si>
+  <si>
+    <t>10/13/2025-10/19/2025</t>
+  </si>
+  <si>
+    <t>7 consented (3 FCCC, 2 TUHS, 2 Columbia)</t>
+  </si>
+  <si>
+    <t>10/20/2025-10/26/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5 consented (1 FCCC, 2 TUHS,  2 Columbia)</t>
+  </si>
+  <si>
+    <t>10/27/2025-11/2/2025</t>
+  </si>
+  <si>
+    <t>4 consented (1 FCCC, 2 TU, 1 Columbia)</t>
+  </si>
+  <si>
+    <t>11/3/2025-11/9/2025</t>
+  </si>
+  <si>
+    <t>4 consented ( 1 FCCC, 1 TUHS; 2 Columbia)</t>
+  </si>
+  <si>
+    <t>11/10/2025-11/16/2025</t>
+  </si>
+  <si>
+    <t>5 consented (3 FCCC, 1 TUHS, 1 Columbia)</t>
+  </si>
+  <si>
+    <t>11/17/2025-11/23/2025</t>
+  </si>
+  <si>
+    <t>5 consented (2 FCCC, 2 TUHS, 1 Columbia)</t>
+  </si>
+  <si>
+    <t>11/24/2025-11/30/2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2 consented (1 FCCC, 1 TU).        
+12/3/2025 (YC): The enrollment numbers have been adjusted for the entire recruitment period. We have been reporting the number of consented participants each week; however, this does not reflect the definition of “enrolled” as outlined in the protocol. Only patients who have completed the baseline survey will be counted toward accrual and included in the statistical analysis.</t>
+  </si>
+  <si>
+    <t>12/1/2025-12/7/2025</t>
+  </si>
+  <si>
+    <t>4 consented at (1 FCCC, 2 Cooper; 1 Columbia)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -170,725 +262,981 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <tabColor rgb="FF000000"/>
   </sheetPr>
-  <dimension ref="A1:J22"/>
+  <dimension ref="A1:J29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" customHeight="1"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="0" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="0" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="0" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0">
         <v>1</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>10</v>
       </c>
       <c r="C2" s="0">
         <v>0</v>
       </c>
       <c r="D2" s="0">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E2" s="0">
         <v>0</v>
       </c>
       <c r="F2" s="0">
         <v>0</v>
       </c>
       <c r="G2" s="0">
         <v>0</v>
       </c>
       <c r="H2" s="0">
         <v>0</v>
       </c>
       <c r="I2" s="0">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="J2" s="0" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0">
         <v>2</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="0">
         <v>0</v>
       </c>
       <c r="D3" s="0">
+        <v>0</v>
+      </c>
+      <c r="E3" s="0">
+        <v>0</v>
+      </c>
+      <c r="F3" s="0">
+        <v>0</v>
+      </c>
+      <c r="G3" s="0">
+        <v>0</v>
+      </c>
+      <c r="H3" s="0">
+        <v>0</v>
+      </c>
+      <c r="I3" s="0">
+        <v>0</v>
+      </c>
+      <c r="J3" s="0" t="s">
         <v>13</v>
       </c>
-      <c r="E3" s="0">
-[...14 lines deleted...]
-      <c r="J3"/>
     </row>
     <row r="4">
       <c r="A4" s="0">
         <v>3</v>
       </c>
       <c r="B4" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C4" s="0">
         <v>0</v>
       </c>
       <c r="D4" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E4" s="0">
         <v>0</v>
       </c>
       <c r="F4" s="0">
         <v>0</v>
       </c>
       <c r="G4" s="0">
         <v>0</v>
       </c>
       <c r="H4" s="0">
         <v>0</v>
       </c>
       <c r="I4" s="0">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J4" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0">
         <v>5</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C5" s="0">
         <v>0</v>
       </c>
       <c r="D5" s="0">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="E5" s="0">
         <v>0</v>
       </c>
       <c r="F5" s="0">
         <v>0</v>
       </c>
       <c r="G5" s="0">
         <v>0</v>
       </c>
       <c r="H5" s="0">
         <v>0</v>
       </c>
       <c r="I5" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J5"/>
+        <v>0</v>
+      </c>
+      <c r="J5" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="0">
         <v>6</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C6" s="0">
         <v>0</v>
       </c>
       <c r="D6" s="0">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="E6" s="0">
         <v>0</v>
       </c>
       <c r="F6" s="0">
         <v>0</v>
       </c>
       <c r="G6" s="0">
         <v>0</v>
       </c>
       <c r="H6" s="0">
         <v>0</v>
       </c>
       <c r="I6" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J6"/>
+        <v>0</v>
+      </c>
+      <c r="J6" s="0" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="0">
         <v>7</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="C7" s="0">
         <v>0</v>
       </c>
       <c r="D7" s="0">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E7" s="0">
         <v>0</v>
       </c>
       <c r="F7" s="0">
         <v>0</v>
       </c>
       <c r="G7" s="0">
         <v>0</v>
       </c>
       <c r="H7" s="0">
         <v>0</v>
       </c>
       <c r="I7" s="0">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J7"/>
     </row>
     <row r="8">
       <c r="A8" s="0">
         <v>8</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C8" s="0">
         <v>0</v>
       </c>
       <c r="D8" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E8" s="0">
         <v>0</v>
       </c>
       <c r="F8" s="0">
         <v>0</v>
       </c>
       <c r="G8" s="0">
         <v>0</v>
       </c>
       <c r="H8" s="0">
         <v>0</v>
       </c>
       <c r="I8" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J8"/>
+        <v>0</v>
+      </c>
+      <c r="J8" s="0" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="0">
         <v>9</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C9" s="0">
         <v>0</v>
       </c>
       <c r="D9" s="0">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="E9" s="0">
         <v>0</v>
       </c>
       <c r="F9" s="0">
         <v>0</v>
       </c>
       <c r="G9" s="0">
         <v>0</v>
       </c>
       <c r="H9" s="0">
         <v>0</v>
       </c>
       <c r="I9" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J9"/>
+        <v>0</v>
+      </c>
+      <c r="J9" s="0" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" s="0">
         <v>10</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C10" s="0">
         <v>0</v>
       </c>
       <c r="D10" s="0">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E10" s="0">
         <v>0</v>
       </c>
       <c r="F10" s="0">
         <v>0</v>
       </c>
       <c r="G10" s="0">
         <v>0</v>
       </c>
       <c r="H10" s="0">
         <v>0</v>
       </c>
       <c r="I10" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J10"/>
+        <v>0</v>
+      </c>
+      <c r="J10" s="0" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="0">
         <v>11</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="C11" s="0">
         <v>0</v>
       </c>
       <c r="D11" s="0">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="E11" s="0">
         <v>0</v>
       </c>
       <c r="F11" s="0">
         <v>0</v>
       </c>
       <c r="G11" s="0">
         <v>0</v>
       </c>
       <c r="H11" s="0">
         <v>0</v>
       </c>
       <c r="I11" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J11"/>
+        <v>0</v>
+      </c>
+      <c r="J11" s="0" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="12">
       <c r="A12" s="0">
         <v>12</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C12" s="0">
         <v>0</v>
       </c>
       <c r="D12" s="0">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="E12" s="0">
         <v>0</v>
       </c>
       <c r="F12" s="0">
         <v>0</v>
       </c>
       <c r="G12" s="0">
         <v>0</v>
       </c>
       <c r="H12" s="0">
         <v>0</v>
       </c>
       <c r="I12" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J12"/>
+        <v>0</v>
+      </c>
+      <c r="J12" s="0" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="13">
       <c r="A13" s="0">
         <v>13</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="C13" s="0">
         <v>0</v>
       </c>
       <c r="D13" s="0">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E13" s="0">
         <v>0</v>
       </c>
       <c r="F13" s="0">
         <v>0</v>
       </c>
       <c r="G13" s="0">
         <v>0</v>
       </c>
       <c r="H13" s="0">
         <v>0</v>
       </c>
       <c r="I13" s="0">
         <v>0</v>
       </c>
-      <c r="J13"/>
+      <c r="J13" s="0" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" s="0">
         <v>14</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="C14" s="0">
         <v>0</v>
       </c>
       <c r="D14" s="0">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E14" s="0">
         <v>0</v>
       </c>
       <c r="F14" s="0">
         <v>0</v>
       </c>
       <c r="G14" s="0">
         <v>0</v>
       </c>
       <c r="H14" s="0">
         <v>0</v>
       </c>
       <c r="I14" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J14"/>
+        <v>0</v>
+      </c>
+      <c r="J14" s="0" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="0">
         <v>15</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="C15" s="0">
         <v>0</v>
       </c>
       <c r="D15" s="0">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="E15" s="0">
         <v>0</v>
       </c>
       <c r="F15" s="0">
         <v>0</v>
       </c>
       <c r="G15" s="0">
         <v>0</v>
       </c>
       <c r="H15" s="0">
         <v>0</v>
       </c>
       <c r="I15" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J15"/>
+        <v>0</v>
+      </c>
+      <c r="J15" s="0" t="s">
+        <v>36</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="0">
         <v>16</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>26</v>
+        <v>37</v>
       </c>
       <c r="C16" s="0">
         <v>0</v>
       </c>
       <c r="D16" s="0">
         <v>1</v>
       </c>
       <c r="E16" s="0">
         <v>0</v>
       </c>
       <c r="F16" s="0">
         <v>0</v>
       </c>
       <c r="G16" s="0">
         <v>0</v>
       </c>
       <c r="H16" s="0">
         <v>0</v>
       </c>
       <c r="I16" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J16"/>
+        <v>0</v>
+      </c>
+      <c r="J16" s="0" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="17">
       <c r="A17" s="0">
         <v>17</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="C17" s="0">
         <v>0</v>
       </c>
       <c r="D17" s="0">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="E17" s="0">
         <v>0</v>
       </c>
       <c r="F17" s="0">
         <v>0</v>
       </c>
       <c r="G17" s="0">
         <v>0</v>
       </c>
       <c r="H17" s="0">
         <v>0</v>
       </c>
       <c r="I17" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J17"/>
+        <v>0</v>
+      </c>
+      <c r="J17" s="0" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="0">
         <v>18</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="C18" s="0">
         <v>0</v>
       </c>
       <c r="D18" s="0">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="E18" s="0">
         <v>0</v>
       </c>
       <c r="F18" s="0">
         <v>0</v>
       </c>
       <c r="G18" s="0">
         <v>0</v>
       </c>
       <c r="H18" s="0">
         <v>0</v>
       </c>
       <c r="I18" s="0">
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="J18"/>
+        <v>0</v>
+      </c>
+      <c r="J18" s="0" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="0">
         <v>19</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>29</v>
+        <v>42</v>
       </c>
       <c r="C19" s="0">
         <v>0</v>
       </c>
       <c r="D19" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="E19" s="0">
         <v>0</v>
       </c>
       <c r="F19" s="0">
         <v>0</v>
       </c>
       <c r="G19" s="0">
         <v>0</v>
       </c>
       <c r="H19" s="0">
         <v>0</v>
       </c>
       <c r="I19" s="0">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="J19" s="0" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0">
         <v>20</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>31</v>
+        <v>44</v>
       </c>
       <c r="C20" s="0">
         <v>0</v>
       </c>
       <c r="D20" s="0">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="E20" s="0">
         <v>0</v>
       </c>
       <c r="F20" s="0">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G20" s="0">
         <v>0</v>
       </c>
       <c r="H20" s="0">
         <v>0</v>
       </c>
       <c r="I20" s="0">
         <v>0</v>
       </c>
       <c r="J20" s="0" t="s">
-        <v>32</v>
+        <v>45</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0">
         <v>21</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
       <c r="C21" s="0">
         <v>0</v>
       </c>
       <c r="D21" s="0">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="E21" s="0">
         <v>0</v>
       </c>
       <c r="F21" s="0">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G21" s="0">
         <v>0</v>
       </c>
       <c r="H21" s="0">
         <v>0</v>
       </c>
       <c r="I21" s="0">
         <v>0</v>
       </c>
-      <c r="J21"/>
+      <c r="J21" s="0" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" s="0">
         <v>22</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="C22" s="0">
         <v>0</v>
       </c>
       <c r="D22" s="0">
+        <v>4</v>
+      </c>
+      <c r="E22" s="0">
+        <v>0</v>
+      </c>
+      <c r="F22" s="0">
+        <v>1</v>
+      </c>
+      <c r="G22" s="0">
+        <v>0</v>
+      </c>
+      <c r="H22" s="0">
+        <v>0</v>
+      </c>
+      <c r="I22" s="0">
+        <v>0</v>
+      </c>
+      <c r="J22" s="0" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" s="0">
+        <v>23</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="C23" s="0">
+        <v>0</v>
+      </c>
+      <c r="D23" s="0">
+        <v>3</v>
+      </c>
+      <c r="E23" s="0">
+        <v>0</v>
+      </c>
+      <c r="F23" s="0">
+        <v>1</v>
+      </c>
+      <c r="G23" s="0">
+        <v>0</v>
+      </c>
+      <c r="H23" s="0">
+        <v>0</v>
+      </c>
+      <c r="I23" s="0">
+        <v>0</v>
+      </c>
+      <c r="J23" s="0" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" s="0">
+        <v>24</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="C24" s="0">
+        <v>0</v>
+      </c>
+      <c r="D24" s="0">
+        <v>4</v>
+      </c>
+      <c r="E24" s="0">
+        <v>0</v>
+      </c>
+      <c r="F24" s="0">
         <v>2</v>
       </c>
-      <c r="E22" s="0">
-[...2 lines deleted...]
-      <c r="F22" s="0">
+      <c r="G24" s="0">
+        <v>0</v>
+      </c>
+      <c r="H24" s="0">
+        <v>0</v>
+      </c>
+      <c r="I24" s="0">
+        <v>0</v>
+      </c>
+      <c r="J24" s="0" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" s="0">
+        <v>25</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="C25" s="0">
+        <v>0</v>
+      </c>
+      <c r="D25" s="0">
         <v>2</v>
       </c>
-      <c r="G22" s="0">
-[...8 lines deleted...]
-      <c r="J22"/>
+      <c r="E25" s="0">
+        <v>0</v>
+      </c>
+      <c r="F25" s="0">
+        <v>0</v>
+      </c>
+      <c r="G25" s="0">
+        <v>0</v>
+      </c>
+      <c r="H25" s="0">
+        <v>0</v>
+      </c>
+      <c r="I25" s="0">
+        <v>0</v>
+      </c>
+      <c r="J25" s="0" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="0">
+        <v>26</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="C26" s="0">
+        <v>0</v>
+      </c>
+      <c r="D26" s="0">
+        <v>3</v>
+      </c>
+      <c r="E26" s="0">
+        <v>0</v>
+      </c>
+      <c r="F26" s="0">
+        <v>0</v>
+      </c>
+      <c r="G26" s="0">
+        <v>0</v>
+      </c>
+      <c r="H26" s="0">
+        <v>0</v>
+      </c>
+      <c r="I26" s="0">
+        <v>0</v>
+      </c>
+      <c r="J26" s="0" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" s="0">
+        <v>27</v>
+      </c>
+      <c r="B27" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C27" s="0">
+        <v>0</v>
+      </c>
+      <c r="D27" s="0">
+        <v>3</v>
+      </c>
+      <c r="E27" s="0">
+        <v>0</v>
+      </c>
+      <c r="F27" s="0">
+        <v>0</v>
+      </c>
+      <c r="G27" s="0">
+        <v>0</v>
+      </c>
+      <c r="H27" s="0">
+        <v>0</v>
+      </c>
+      <c r="I27" s="0">
+        <v>0</v>
+      </c>
+      <c r="J27" s="0" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" s="0">
+        <v>28</v>
+      </c>
+      <c r="B28" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C28" s="0">
+        <v>0</v>
+      </c>
+      <c r="D28" s="0">
+        <v>1</v>
+      </c>
+      <c r="E28" s="0">
+        <v>0</v>
+      </c>
+      <c r="F28" s="0">
+        <v>0</v>
+      </c>
+      <c r="G28" s="0">
+        <v>0</v>
+      </c>
+      <c r="H28" s="0">
+        <v>0</v>
+      </c>
+      <c r="I28" s="0">
+        <v>0</v>
+      </c>
+      <c r="J28" s="0" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" s="0">
+        <v>29</v>
+      </c>
+      <c r="B29" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="C29" s="0">
+        <v>0</v>
+      </c>
+      <c r="D29" s="0">
+        <v>2</v>
+      </c>
+      <c r="E29" s="0">
+        <v>0</v>
+      </c>
+      <c r="F29" s="0">
+        <v>1</v>
+      </c>
+      <c r="G29" s="0">
+        <v>0</v>
+      </c>
+      <c r="H29" s="0">
+        <v>1</v>
+      </c>
+      <c r="I29" s="0">
+        <v>0</v>
+      </c>
+      <c r="J29" s="0" t="s">
+        <v>63</v>
+      </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to U54Speech under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>U54Speech</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:keywords>EPPlus noncommercial use</cp:keywords>
   <dc:description>This workbook has been created with EPPlus licensed to U54Speech under The Polyform Noncommercial License: See https://polyformproject.org/licenses/noncommercial/1.0.0</dc:description>
 </cp:coreProperties>
 </file>