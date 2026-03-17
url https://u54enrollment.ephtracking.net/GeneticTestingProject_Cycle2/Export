--- v1 (2025-12-13)
+++ v2 (2026-03-17)
@@ -8,51 +8,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="64" uniqueCount="64">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <si>
     <t>Id</t>
   </si>
   <si>
     <t>WeekStarting</t>
   </si>
   <si>
     <t>TUFCCC Participants Scheduled</t>
   </si>
   <si>
     <t>TUFCCC Participants Enrolled</t>
   </si>
   <si>
     <t>Columbia Participants Scheduled</t>
   </si>
   <si>
     <t>Columbia Participants Enrolled</t>
   </si>
   <si>
     <t>Cooper Participants Scheduled</t>
   </si>
   <si>
     <t>Cooper Participants Enrolled</t>
   </si>
   <si>
@@ -167,94 +167,136 @@
   </si>
   <si>
     <t>09/22/2025-9/28/2025</t>
   </si>
   <si>
     <t xml:space="preserve">2 consented (1 FCCC, 1 TU)
 ** Note: 2 Spanish-speaking students have started helping a Fox Chase research coordinator with Spanish- speaking patients. </t>
   </si>
   <si>
     <t>09/29/2025-10/5/2025</t>
   </si>
   <si>
     <t xml:space="preserve">9 consented (4 FCCC, 1 TU, 4 Columbia). ** Note: 
 Columbia has started enrolling participants  </t>
   </si>
   <si>
     <t>10/6/2025-10/12/2025</t>
   </si>
   <si>
     <t>6 consented (3 FCCC 1 TU, 2 Columbia)</t>
   </si>
   <si>
     <t>10/13/2025-10/19/2025</t>
   </si>
   <si>
-    <t>7 consented (3 FCCC, 2 TUHS, 2 Columbia)</t>
+    <t>5 consented (3 FCCC, 2 Columbia)</t>
   </si>
   <si>
     <t>10/20/2025-10/26/2025</t>
   </si>
   <si>
     <t xml:space="preserve">5 consented (1 FCCC, 2 TUHS,  2 Columbia)</t>
   </si>
   <si>
     <t>10/27/2025-11/2/2025</t>
   </si>
   <si>
-    <t>4 consented (1 FCCC, 2 TU, 1 Columbia)</t>
+    <t>3 consented (1 FCCC, 2 TU, )</t>
   </si>
   <si>
     <t>11/3/2025-11/9/2025</t>
   </si>
   <si>
     <t>4 consented ( 1 FCCC, 1 TUHS; 2 Columbia)</t>
   </si>
   <si>
     <t>11/10/2025-11/16/2025</t>
   </si>
   <si>
-    <t>5 consented (3 FCCC, 1 TUHS, 1 Columbia)</t>
+    <t>6 consented (3 FCCC, 2 TUHS, 1 Columbia)</t>
   </si>
   <si>
     <t>11/17/2025-11/23/2025</t>
   </si>
   <si>
-    <t>5 consented (2 FCCC, 2 TUHS, 1 Columbia)</t>
+    <t>3 consented (2 FCCC, 1 Columbia)</t>
   </si>
   <si>
     <t>11/24/2025-11/30/2025</t>
   </si>
   <si>
     <t xml:space="preserve">2 consented (1 FCCC, 1 TU).        
 12/3/2025 (YC): The enrollment numbers have been adjusted for the entire recruitment period. We have been reporting the number of consented participants each week; however, this does not reflect the definition of “enrolled” as outlined in the protocol. Only patients who have completed the baseline survey will be counted toward accrual and included in the statistical analysis.</t>
   </si>
   <si>
     <t>12/1/2025-12/7/2025</t>
   </si>
   <si>
     <t>4 consented at (1 FCCC, 2 Cooper; 1 Columbia)</t>
+  </si>
+  <si>
+    <t>12/8/2025-12/14/2025</t>
+  </si>
+  <si>
+    <t>5 consented (4 Cooper, 1Columbia)</t>
+  </si>
+  <si>
+    <t>12/15/25-12/21/2025</t>
+  </si>
+  <si>
+    <t>6 consented (2 FCCC, 4 Columbia)</t>
+  </si>
+  <si>
+    <t>12/22/2025-12/28/2025</t>
+  </si>
+  <si>
+    <t>1 consented Cooper</t>
+  </si>
+  <si>
+    <t>12/29-25-01/04/26</t>
+  </si>
+  <si>
+    <t>holidays</t>
+  </si>
+  <si>
+    <t>1/5/2026-1/11/2026</t>
+  </si>
+  <si>
+    <t>5 consented (1 FCCC, 4 Columbia)</t>
+  </si>
+  <si>
+    <t>1/12/2026-1/18/2026</t>
+  </si>
+  <si>
+    <t>3 consented (2 Columbia, 1 Cooper)</t>
+  </si>
+  <si>
+    <t>1/19/2026-1/25/2026</t>
+  </si>
+  <si>
+    <t xml:space="preserve">6 consented (1 FCCC, 2 TUH, 3 Cooper) </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -262,51 +304,51 @@
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" xfId="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <tabColor rgb="FF000000"/>
   </sheetPr>
-  <dimension ref="A1:J29"/>
+  <dimension ref="A1:J36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12" customHeight="1"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="0" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="0" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="0" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="0" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="0" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="0" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="0" t="s">
@@ -1192,50 +1234,274 @@
         <v>62</v>
       </c>
       <c r="C29" s="0">
         <v>0</v>
       </c>
       <c r="D29" s="0">
         <v>2</v>
       </c>
       <c r="E29" s="0">
         <v>0</v>
       </c>
       <c r="F29" s="0">
         <v>1</v>
       </c>
       <c r="G29" s="0">
         <v>0</v>
       </c>
       <c r="H29" s="0">
         <v>1</v>
       </c>
       <c r="I29" s="0">
         <v>0</v>
       </c>
       <c r="J29" s="0" t="s">
         <v>63</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="0">
+        <v>30</v>
+      </c>
+      <c r="B30" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="C30" s="0">
+        <v>0</v>
+      </c>
+      <c r="D30" s="0">
+        <v>0</v>
+      </c>
+      <c r="E30" s="0">
+        <v>0</v>
+      </c>
+      <c r="F30" s="0">
+        <v>3</v>
+      </c>
+      <c r="G30" s="0">
+        <v>0</v>
+      </c>
+      <c r="H30" s="0">
+        <v>1</v>
+      </c>
+      <c r="I30" s="0">
+        <v>0</v>
+      </c>
+      <c r="J30" s="0" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="0">
+        <v>31</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="C31" s="0">
+        <v>0</v>
+      </c>
+      <c r="D31" s="0">
+        <v>2</v>
+      </c>
+      <c r="E31" s="0">
+        <v>0</v>
+      </c>
+      <c r="F31" s="0">
+        <v>1</v>
+      </c>
+      <c r="G31" s="0">
+        <v>0</v>
+      </c>
+      <c r="H31" s="0">
+        <v>0</v>
+      </c>
+      <c r="I31" s="0">
+        <v>0</v>
+      </c>
+      <c r="J31" s="0" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" s="0">
+        <v>32</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C32" s="0">
+        <v>0</v>
+      </c>
+      <c r="D32" s="0">
+        <v>0</v>
+      </c>
+      <c r="E32" s="0">
+        <v>0</v>
+      </c>
+      <c r="F32" s="0">
+        <v>0</v>
+      </c>
+      <c r="G32" s="0">
+        <v>0</v>
+      </c>
+      <c r="H32" s="0">
+        <v>0</v>
+      </c>
+      <c r="I32" s="0">
+        <v>0</v>
+      </c>
+      <c r="J32" s="0" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="0">
+        <v>33</v>
+      </c>
+      <c r="B33" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C33" s="0">
+        <v>0</v>
+      </c>
+      <c r="D33" s="0">
+        <v>0</v>
+      </c>
+      <c r="E33" s="0">
+        <v>0</v>
+      </c>
+      <c r="F33" s="0">
+        <v>0</v>
+      </c>
+      <c r="G33" s="0">
+        <v>0</v>
+      </c>
+      <c r="H33" s="0">
+        <v>0</v>
+      </c>
+      <c r="I33" s="0">
+        <v>0</v>
+      </c>
+      <c r="J33" s="0" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" s="0">
+        <v>34</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>72</v>
+      </c>
+      <c r="C34" s="0">
+        <v>0</v>
+      </c>
+      <c r="D34" s="0">
+        <v>1</v>
+      </c>
+      <c r="E34" s="0">
+        <v>0</v>
+      </c>
+      <c r="F34" s="0">
+        <v>3</v>
+      </c>
+      <c r="G34" s="0">
+        <v>0</v>
+      </c>
+      <c r="H34" s="0">
+        <v>1</v>
+      </c>
+      <c r="I34" s="0">
+        <v>0</v>
+      </c>
+      <c r="J34" s="0" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" s="0">
+        <v>35</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>74</v>
+      </c>
+      <c r="C35" s="0">
+        <v>0</v>
+      </c>
+      <c r="D35" s="0">
+        <v>1</v>
+      </c>
+      <c r="E35" s="0">
+        <v>0</v>
+      </c>
+      <c r="F35" s="0">
+        <v>3</v>
+      </c>
+      <c r="G35" s="0">
+        <v>0</v>
+      </c>
+      <c r="H35" s="0">
+        <v>1</v>
+      </c>
+      <c r="I35" s="0">
+        <v>0</v>
+      </c>
+      <c r="J35" s="0" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="0">
+        <v>36</v>
+      </c>
+      <c r="B36" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C36" s="0">
+        <v>0</v>
+      </c>
+      <c r="D36" s="0">
+        <v>2</v>
+      </c>
+      <c r="E36" s="0">
+        <v>0</v>
+      </c>
+      <c r="F36" s="0">
+        <v>1</v>
+      </c>
+      <c r="G36" s="0">
+        <v>0</v>
+      </c>
+      <c r="H36" s="0">
+        <v>2</v>
+      </c>
+      <c r="I36" s="0">
+        <v>0</v>
+      </c>
+      <c r="J36" s="0" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to U54Speech under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>U54Speech</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:keywords>EPPlus noncommercial use</cp:keywords>
   <dc:description>This workbook has been created with EPPlus licensed to U54Speech under The Polyform Noncommercial License: See https://polyformproject.org/licenses/noncommercial/1.0.0</dc:description>
 </cp:coreProperties>